--- v0 (2026-01-21)
+++ v1 (2026-03-04)
@@ -179,51 +179,51 @@
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1 место - Георгий Тарасов (Санкт-Петербургский университет ГПС МЧСРоссии (14.15);</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 место - Дмитрий Гребенщиков (Ульяновская область) (14.35);</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3 место - Зелимхан Кубаев из Уральского института ГПС МЧС России(15.65.).</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Среди представительниц прекрасного пола:</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1 место - Карина Бокарева (Свердловская область) (6.98);</w:t>
+              <w:t xml:space="preserve">1 место - Карина Бочкарева (Свердловская область) (6.98);</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2 место - Анастасия Шакуло (Санкт-Петербургский университет ГПС МЧСРоссии) (7.07);</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3 место — Яна Грулева (Приморский край) (7.15).</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Уже завтра спортсменов ждет «Двоеборье», а в завершающий третийдень - «полоса препятствий». </w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>