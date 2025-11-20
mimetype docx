--- v0 (2025-10-12)
+++ v1 (2025-11-20)
@@ -135,51 +135,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Сегодня, 9октября 2025 года, на стадионе «Зоркий» (Московская область, г.Красногорск) состоялись соревнования по легкоатлетическому кроссусреди динамовских организаций федеральных органов исполнительнойвласти Российской Федерации, посвященные 80-й годовщине Победы вВеликой Отечественной войне 1941-1945 годов.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Всего в соревнованиях приняли участие более 300 спортсменовпредставляющие 11 спортивных сборных команд федеральных органовисполнительной власти Российской Федерации. Спортивную сборнуюкоманду МЧС России (РОО «Динамо» № 31) в соревнованиях представлялисотрудники ведомства. Согласно положению о проведении соревнованийкоманды участвовали в двух группа.</w:t>
+              <w:t xml:space="preserve">Всего в соревнованиях приняли участие более 300 спортсменовпредставляющие 11 спортивных сборных команд федеральных органовисполнительной власти Российской Федерации. Спортивную сборнуюкоманду МЧС России (РОО «Динамо» № 31) в соревнованиях представлялисотрудники ведомства. Согласно положению о проведении соревнованийкоманды участвовали в двух группах.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В программу спортивных соревнований входил бег на 3000 метров –мужчины, бег на 1000 метров – женщины.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Борьба на дистанциях была поистине захватывающей: спортсмены шлиплечом к плечу, демонстрируя тактическое мастерство и невероятнуюсилу духа. Результаты многих превзошли ожидания, установив высокийуровень конкуренции.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Каждый забег стал настоящим испытанием силы воли и мастерства, апоказанные результаты свидетельствовали о высочайшем уровнеподготовки атлетов.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В личном зачете среди женщин шла упорная борьба за каждую секунду.Фаворитки, казалось, чувствовали дыхание соперниц в спину, и каждаяошибка могла стоить места на пьедестале. В 1 возрастной группе нашаспортсмена Елена Бобровская заняла почетное третье место. Онапродемонстрировала отличную подготовку, уступив лишь двумсильнейшим соперницам, чьи результаты были немного выше.</w:t>
             </w:r>