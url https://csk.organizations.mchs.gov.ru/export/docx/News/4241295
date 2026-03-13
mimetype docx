--- v0 (2025-11-04)
+++ v1 (2026-03-13)
@@ -216,51 +216,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В результате упорной борьбы в командном зачете лучшей стала сборнаяГлавного управления МЧС Росси по Московской области (323.76 сек.),на втором месте команда Главного управления МЧС Росси поБелгородской области (334.82), на третьем представители Главногоуправления МЧС Росси по Курской области (334.87 сек.).</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>