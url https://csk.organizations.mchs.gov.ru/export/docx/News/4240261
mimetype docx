--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -210,51 +210,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">По итогам двух спортивных дней в командном зачёте первое местоудерживает сборная команда Главного управления МЧС России поСвердловской области, на втором месте спортсмены Главногоуправления МЧС России по Челябинской области, третье место –команда Главного управления МЧС России по Ханты-Мансийскомуавтономному округу – Югре.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>