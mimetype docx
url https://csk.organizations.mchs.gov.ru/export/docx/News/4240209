--- v0 (2025-11-05)
+++ v1 (2026-01-12)
@@ -198,51 +198,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Этот турнир является прекрасной возможностью проявить себясотрудникам чрезвычайного ведомства, которые ежедневно стоят настраже безопасности жителей своих регионов. Спорт воспитывает вчеловеке целеустремленность, решительность, умение работать вкоманде. Эти качества помогают сотрудникам МЧС России добиватьсяпобед не только в спорте, но и в профессии.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>