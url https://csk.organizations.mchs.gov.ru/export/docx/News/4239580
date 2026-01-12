--- v0 (2025-11-06)
+++ v1 (2026-01-12)
@@ -180,51 +180,51 @@
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В командном зачёте чемпионами стали спортсмены Главного управленияМЧС России по Московской области, серебряными призёрами сталиспортсмены Главного управления МЧС России по Белгородской области,представители Главного управления МЧС России по Курской областизаняли почётное третье место.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>