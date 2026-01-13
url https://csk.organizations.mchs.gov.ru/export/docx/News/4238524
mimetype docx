--- v0 (2025-11-07)
+++ v1 (2026-01-13)
@@ -180,51 +180,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Кроме того, врио начальника ФКУ «Центр физической подготовки испорта МЧС России» подполковник внутренней службы Радченко ОлегВикторович наградили спортсменов Романа Масалова (УГЗ МЧС Беларуси)и Елизавету Кудрявцеву (Дальневосточная ПСА МЧС России), которые напротяжении спортивных соревнований отметили день рождения.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>